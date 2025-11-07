--- v0 (2025-11-06)
+++ v1 (2025-11-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd15e4596f8f943c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/417bba47377849dd911af1ab4750d9f2.psmdcp" Id="R71bf1a24bb9a4a9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R696d8c894719469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6bcb568f45ec4e859404fda00cc8341c.psmdcp" Id="R180995a1f27c4c15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Archive" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="569" uniqueCount="569">
   <x:si>
     <x:t>Offers submission deadline</x:t>
   </x:si>
   <x:si>
     <x:t>Procedure subject</x:t>
   </x:si>
   <x:si>