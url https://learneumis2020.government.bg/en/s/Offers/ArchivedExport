--- v1 (2025-11-07)
+++ v2 (2026-02-05)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R696d8c894719469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6bcb568f45ec4e859404fda00cc8341c.psmdcp" Id="R180995a1f27c4c15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d1ca4b137a24d6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/29bd6d1f38004c8696f9846756a6140a.psmdcp" Id="Ra5e73a77c14848e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Archive" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="569" uniqueCount="569">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="573" uniqueCount="573">
   <x:si>
     <x:t>Offers submission deadline</x:t>
   </x:si>
   <x:si>
     <x:t>Procedure subject</x:t>
   </x:si>
   <x:si>
     <x:t>Beneficiary</x:t>
   </x:si>
   <x:si>
     <x:t>Contract registration number</x:t>
   </x:si>
   <x:si>
     <x:t>Външна процедура</x:t>
   </x:si>
   <x:si>
     <x:t>Национална компания "Стратегически инфраструктурни проекти"</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFOP002-3.002-0010-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура</x:t>
   </x:si>
   <x:si>
@@ -1733,50 +1733,62 @@
     <x:t xml:space="preserve">„Изграждане на високотехнологично рибовъдно стопанство“	</x:t>
   </x:si>
   <x:si>
     <x:t>ЦВЕТИН АД</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">СМР за подобряване на енергийната ефективност на производствена сграда	</x:t>
   </x:si>
   <x:si>
     <x:t>ЕКОПЛАСТИКС</x:t>
   </x:si>
   <x:si>
     <x:t>да полетим</x:t>
   </x:si>
   <x:si>
     <x:t>летяла</x:t>
   </x:si>
   <x:si>
     <x:t>Ивана- Инвестиция Образование</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-1.006-0004-C10</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване на 6 бр. санитарни превозни средства за транспорт по въздух (хеликоптери), осигурени с необходимото оборудване и апаратура за нуждите на спешната медицинска помощ по ДБФП № РД-02-37-98/08.10.2020 г. по Проект № BG16RFOP001-4.002-0001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Здравеопазване 2021-2027 456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗДРАВЕ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021BG16RFOP001-2.006-0003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021BG16RFOP001-2.006-0003-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Тръжна процедура 456</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -2128,51 +2140,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D359"/>
+  <x:dimension ref="A1:D361"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="2">
@@ -2913,51 +2925,51 @@
         <x:v>63</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2">
         <x:v>43531</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2">
         <x:v>43533</x:v>
       </x:c>
       <x:c r="B56" s="2">
-        <x:v>45724</x:v>
+        <x:v>46089</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2">
         <x:v>43585</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2">
         <x:v>43615</x:v>
@@ -7094,73 +7106,101 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:4">
       <x:c r="A357" s="2">
         <x:v>45901</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:4">
       <x:c r="A358" s="2">
-        <x:v>46265</x:v>
+        <x:v>46023</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:4">
       <x:c r="A359" s="2">
-        <x:v>46265</x:v>
+        <x:v>46023</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="D359" s="0" t="s">
+        <x:v>571</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="360" spans="1:4">
+      <x:c r="A360" s="2">
+        <x:v>46265</x:v>
+      </x:c>
+      <x:c r="B360" s="0" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="C360" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="D359" s="0" t="s">
+      <x:c r="D360" s="0" t="s">
+        <x:v>486</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="361" spans="1:4">
+      <x:c r="A361" s="2">
+        <x:v>46265</x:v>
+      </x:c>
+      <x:c r="B361" s="0" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="C361" s="0" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="D361" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>